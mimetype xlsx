--- v0 (2025-12-08)
+++ v1 (2026-03-23)
@@ -1,546 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<x:workbook xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <x:fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25928"/>
+<x:workbook xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <x:fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <x:workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Sau\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sau\Desktop\Form Güncellemesi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{049CBD91-67BA-48C7-A690-2699675BA95B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{938C9EAB-1536-4D26-86C6-32AEC56B4DFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <x:bookViews>
-    <x:workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" tabRatio="669" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <x:workbookView xWindow="-24120" yWindow="-120" windowWidth="24240" windowHeight="13140" tabRatio="669" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="MAL-HİZMET MUAYENE KABUL TU (2" sheetId="8" r:id="rId1"/>
+    <x:sheet name="MALALIMI MAUYENE VE KABUL TUT." sheetId="8" r:id="rId1"/>
     <x:sheet name="Modül1" sheetId="6" state="hidden" r:id="rId2"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_1Excel_BuiltIn_Print_Area_1" localSheetId="0">#REF!</x:definedName>
     <x:definedName name="_1Excel_BuiltIn_Print_Area_1">#REF!</x:definedName>
     <x:definedName name="Excel_BuiltIn_Print_Area" localSheetId="0">#REF!</x:definedName>
     <x:definedName name="Excel_BuiltIn_Print_Area">#REF!</x:definedName>
     <x:definedName name="wrn...">{#N/A,#N/A,FALSE,"BARTIN MESLEKYÜKSEK(METEP)";#N/A,#N/A,FALSE,"Ödemecetveli BARTINM.Y.O(METEP)";#N/A,#N/A,FALSE,"Ödeme cetveli  BARTIN M.Y.O. ";#N/A,#N/A,FALSE,"BARTIN MESLEK YÜKSEK ";#N/A,#N/A,FALSE,"Ödeme cetveli Alap.M.Y.O. (MET)";#N/A,#N/A,FALSE,"ALAPLI MESLEK YÜKSEK (MET)";#N/A,#N/A,FALSE,"Ödeme cetveli Alap.M.Y.O.";#N/A,#N/A,FALSE,"Ödeme cetveli Alap.M.Y.O.";#N/A,#N/A,FALSE,"ALAPLI MESLEK YÜKSEK";#N/A,#N/A,FALSE,"Müh.Fak.";#N/A,#N/A,FALSE,"Ödeme cetveli Müh.Fak.";#N/A,#N/A,FALSE,"ZONG.MESL.YÜKSEK (MET)";#N/A,#N/A,FALSE,"Ödeme cetveli Z.M.Y.O. (MET)";#N/A,#N/A,FALSE,"ZONG.MESL.YÜKSEK";#N/A,#N/A,FALSE,"Ödeme cetveli Z.M.Y.O.";#N/A,#N/A,FALSE,"Ödeme cetveli Dev.F.E.F.";#N/A,#N/A,FALSE,"DEVREK FEN EDEBİYAT";#N/A,#N/A,FALSE,"Ödeme cetveli Saf.M.Y.O.";#N/A,#N/A,FALSE,"SAFRANBOLU MESLEK YÜKSEK";#N/A,#N/A,FALSE,"Ödeme cetveli Ç.İ.İ.B.F.";#N/A,#N/A,FALSE,"ÇAYCUMA İK.İD.BİL.";#N/A,#N/A,FALSE,"Ödeme cetveli Ereğli E.F.";#N/A,#N/A,FALSE,"EREĞLİ EĞİTİM";#N/A,#N/A,FALSE,"Kar.M.Y.O. ";#N/A,#N/A,FALSE,"Kar.M.Y.O.Ödeme Cetveli ";#N/A,#N/A,FALSE,"Kar.M.Y.O.Ödeme Cetveli (METEP)";#N/A,#N/A,FALSE,"Kar.M.Y.O.  (METEP)";#N/A,#N/A,FALSE,"Kar.Tek.E.Fak.";#N/A,#N/A,FALSE,"Kar.Tek.E.Fak.Ödeme Cetveli"}</x:definedName>
     <x:definedName name="wrn.DENEME.">{#N/A,#N/A,FALSE,"BARTIN MESLEKYÜKSEK(METEP)";#N/A,#N/A,FALSE,"Ödemecetveli BARTINM.Y.O(METEP)";#N/A,#N/A,FALSE,"BARTIN MESLEK YÜKSEK ";#N/A,#N/A,FALSE,"Ödeme cetveli  BARTIN M.Y.O. ";#N/A,#N/A,FALSE,"Ödeme cetveli Alap.M.Y.O. (MET)";#N/A,#N/A,FALSE,"ALAPLI MESLEK YÜKSEK (MET)";#N/A,#N/A,FALSE,"Ödeme cetveli Alap.M.Y.O.";#N/A,#N/A,FALSE,"ALAPLI MESLEK YÜKSEK";#N/A,#N/A,FALSE,"Müh.Fak.";#N/A,#N/A,FALSE,"Ödeme cetveli Müh.Fak.";#N/A,#N/A,FALSE,"ZONG.MESL.YÜKSEK (MET)";#N/A,#N/A,FALSE,"Ödeme cetveli Z.M.Y.O. (MET)";#N/A,#N/A,FALSE,"ZONG.MESL.YÜKSEK";#N/A,#N/A,FALSE,"Ödeme cetveli Z.M.Y.O.";#N/A,#N/A,FALSE,"Ödeme cetveli Dev.F.E.F.";#N/A,#N/A,FALSE,"DEVREK FEN EDEBİYAT";#N/A,#N/A,FALSE,"Ödeme cetveli Saf.M.Y.O.";#N/A,#N/A,FALSE,"SAFRANBOLU MESLEK YÜKSEK";#N/A,#N/A,FALSE,"Ödeme cetveli Ç.İ.İ.B.F.";#N/A,#N/A,FALSE,"ÇAYCUMA İK.İD.BİL.";#N/A,#N/A,FALSE,"Ödeme cetveli Ereğli E.F.";#N/A,#N/A,FALSE,"EREĞLİ EĞİTİM";#N/A,#N/A,FALSE,"Kar.M.Y.O. ";#N/A,#N/A,FALSE,"Kar.M.Y.O.Ödeme Cetveli ";#N/A,#N/A,FALSE,"Kar.M.Y.O.Ödeme Cetveli (METEP)";#N/A,#N/A,FALSE,"Kar.M.Y.O.  (METEP)";#N/A,#N/A,FALSE,"Kar.Tek.E.Fak.";#N/A,#N/A,FALSE,"Kar.Tek.E.Fak.Ödeme Cetveli"}</x:definedName>
     <x:definedName name="wrn.EKİMMESAİ.">{#N/A,#N/A,FALSE,"Satı ORUÇOĞLU MESAİ CETVELİ";#N/A,#N/A,FALSE,"mesacetvel";#N/A,#N/A,FALSE,"BARTIN MESLEKYÜKSEK(METEP)";#N/A,#N/A,FALSE,"BARTIN MESLEK YÜKSEK ";#N/A,#N/A,FALSE,"ALAPLI MESLEK YÜKSEK (MET)";#N/A,#N/A,FALSE,"ALAPLI MESLEK YÜKSEK";#N/A,#N/A,FALSE,"Müh.Fak.";#N/A,#N/A,FALSE,"ZONG.MESL.YÜKSEK (MET)";#N/A,#N/A,FALSE,"ZONG.MESL.YÜKSEK";#N/A,#N/A,FALSE,"DEVREK FEN EDEBİYAT";#N/A,#N/A,FALSE,"SAFRANBOLU MESLEK YÜKSEK";#N/A,#N/A,FALSE,"ÇAYCUMA İK.İD.BİL.";#N/A,#N/A,FALSE,"EREĞLİ EĞİTİM";#N/A,#N/A,FALSE,"Kar.M.Y.O. ";#N/A,#N/A,FALSE,"Kar.M.Y.O.  (METEP)";#N/A,#N/A,FALSE,"Kar.Tek.E.Fak."}</x:definedName>
     <x:definedName name="wrn.HESAPNOSU.">{#N/A,#N/A,FALSE,"Ödemecetveli BARTINM.Y.O(METEP)";#N/A,#N/A,FALSE,"Ödeme cetveli  BARTIN M.Y.O. ";#N/A,#N/A,FALSE,"Ödeme cetveli Alap.M.Y.O. (MET)";#N/A,#N/A,FALSE,"Ödeme cetveli Alap.M.Y.O.";#N/A,#N/A,FALSE,"Ödeme cetveli Müh.Fak.";#N/A,#N/A,FALSE,"Ödeme cetveli Z.M.Y.O. (MET)";#N/A,#N/A,FALSE,"Ödeme cetveli Z.M.Y.O.";#N/A,#N/A,FALSE,"Ödeme cetveli Dev.F.E.F.";#N/A,#N/A,FALSE,"Ödeme cetveli Saf.M.Y.O.";#N/A,#N/A,FALSE,"Ödeme cetveli Ç.İ.İ.B.F.";#N/A,#N/A,FALSE,"Ödeme cetveli Ereğli E.F.";#N/A,#N/A,FALSE,"Kar.M.Y.O.Ödeme Cetveli ";#N/A,#N/A,FALSE,"Kar.M.Y.O.Ödeme Cetveli (METEP)";#N/A,#N/A,FALSE,"Kar.Tek.E.Fak.Ödeme Cetveli"}</x:definedName>
+    <x:definedName name="_xlnm.Print_Area" localSheetId="0">'MALALIMI MAUYENE VE KABUL TUT.'!$A$1:$M$30</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="191029"/>
   <x:extLst>
     <x:ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
-        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
-        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
+    </x:ext>
+    <x:ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
-</file>
-[...19 lines deleted...]
-</calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Sau</author>
+    <author>Administrator</author>
   </authors>
   <commentList>
-    <comment ref="A10" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
+    <comment ref="A9" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="162"/>
           </rPr>
           <t>söz konusu alıma ait MYS üzerinden düzenlenen "Harcama Talimatı Onay Belgesi"nin tarihi yazılacak.</t>
         </r>
       </text>
     </comment>
-    <comment ref="G10" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000002000000}">
+    <comment ref="G9" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000002000000}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="162"/>
           </rPr>
           <t>Söz konusu alıma ait MYS üzerinden düzenlenen "Harcama Talimatı Onay Belgesi"nin sayı numarası yazılacak.</t>
         </r>
       </text>
     </comment>
-    <comment ref="C12" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000003000000}">
-[...24 lines deleted...]
-    <comment ref="B13" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000004000000}">
+    <comment ref="K11" authorId="0" shapeId="0" xr:uid="{BACA34D2-FB75-4C72-A3C2-986B8D6F379D}">
       <text>
         <r>
           <rPr>
             <sz val="12"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="162"/>
           </rPr>
-          <t xml:space="preserve">söz konusu alım                        mal-malzeme alımı ise </t>
-[...41 lines deleted...]
-          <t xml:space="preserve"> yazılacak.</t>
+          <t>Alınan malın cinsine göre ADET, KUTU, SET, ÇİFT, METRE, METREKARE, METREKÜP Vb. ölçü birimi yazılacak.</t>
         </r>
       </text>
     </comment>
-    <comment ref="K13" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000005000000}">
-[...61 lines deleted...]
-    <comment ref="M13" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000007000000}">
+    <comment ref="L11" authorId="1" shapeId="0" xr:uid="{22C8E04C-03D0-4E7A-ADDC-B473CCC1CB90}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="162"/>
           </rPr>
-          <t>KDV HARİÇ tutar yazılacak.</t>
-[...41 lines deleted...]
-mal alımı ise malzeme, hizmet alımı ise iş olarak yazılacak.</t>
+          <t>istenen niteliklere uygunsa UYGUN SÜTUNUNA X işareti uygun değilse UYGUN DEĞİL sütununa X işareti konulacak.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="42">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="36">
   <x:si>
     <x:t>MİKTARI</x:t>
   </x:si>
   <x:si>
     <x:t>Komisyon Başkanı</x:t>
   </x:si>
   <x:si>
     <x:t>Üye</x:t>
   </x:si>
   <x:si>
     <x:t>Adı Soyadı</x:t>
   </x:si>
   <x:si>
     <x:t>Unvanı</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">   Unvanı</x:t>
   </x:si>
   <x:si>
-    <x:t>MALZEMENİN / HİZMETİN ADI</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve"> Üye</x:t>
   </x:si>
   <x:si>
     <x:t>ÖLÇÜ BİRİMİ</x:t>
   </x:si>
   <x:si>
-    <x:t>TL.</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>… / … / 20…</x:t>
   </x:si>
   <x:si>
     <x:t>Harcama Talimatı Onay Belgesi Tarihi</x:t>
   </x:si>
   <x:si>
     <x:t>Muayene ve Kabul Komisyonu Tutanağı Tarihi</x:t>
   </x:si>
   <x:si>
-    <x:t>Mal/Hizmet Alım Bedeli veya Sözleşme Bedeli (KDV Hariç)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>………………</x:t>
   </x:si>
   <x:si>
-    <x:t>GENEL TOPLAM:</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1.</x:t>
   </x:si>
   <x:si>
     <x:t>2.</x:t>
   </x:si>
   <x:si>
     <x:t>3.</x:t>
   </x:si>
   <x:si>
     <x:t>4.</x:t>
   </x:si>
   <x:si>
     <x:t>5.</x:t>
   </x:si>
   <x:si>
     <x:t>6.</x:t>
   </x:si>
   <x:si>
     <x:t>7.</x:t>
   </x:si>
   <x:si>
     <x:t>8.</x:t>
   </x:si>
   <x:si>
     <x:t>9.</x:t>
   </x:si>
   <x:si>
     <x:t>10.</x:t>
   </x:si>
   <x:si>
-    <x:t>11.</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Harcama Talimatı Onay Belgesi Sayı No:</x:t>
   </x:si>
   <x:si>
     <x:t>Muayene ve Kabul Komisyonu Tutanağı Sayı No:</x:t>
   </x:si>
   <x:si>
     <x:t>………….</x:t>
   </x:si>
   <x:si>
-    <x:t>BİRİM FİYATI (KDV HARİÇ)</x:t>
-[...65 lines deleted...]
-    </x:r>
+    <x:t>MALIN NİTELİKLERİ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UYGUN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UYGUN DEĞİL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUAYENESİ YAPILAN MALIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yüklenici Firma Adı</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MALIN ADI /ÖZELLİĞİ</x:t>
+  </x:si>
+  <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:sz val="16"/>
         <x:color theme="1"/>
         <x:rFont val="Times New Roman"/>
         <x:family val="1"/>
+        <x:charset val="162"/>
       </x:rPr>
-      <x:t>MAL VE HİZMET ALIMLARI DOĞRUDAN TEMİN 
+      <x:t>T.C.
+SAKARYA ÜNİVERSİTESİ</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:b/>
+        <x:sz val="14"/>
+        <x:color theme="1"/>
+        <x:rFont val="Times New Roman"/>
+        <x:family val="1"/>
+        <x:charset val="162"/>
+      </x:rPr>
+      <x:t xml:space="preserve">
+DOĞRUDAN TEMİN MAL ALIMLARI  
 MUAYENE VE KABUL KOMİSYONU TUTANAĞI</x:t>
     </x:r>
+  </x:si>
+  <x:si>
+    <x:t>SIRA  NO.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">          Yukarıda adı, özelliği/niteliği ve miktarı belirtilen mal/malzeme, Muayene ve Kabul Komisyonumuzca incelenmiş olup; yapılan İnceleme neticesinde tam ve eksiksiz olduğu, istenen niteliklere uygun olduğu, satın alınmasında bir sakınca olmadığı görülerek malın/malzemenin kabulü yapılmıştır.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>X</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00.İDM.FR.51 - 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="49" x14ac:knownFonts="1">
+  <fonts count="41" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="162"/>
     </font>
     <font>
       <sz val="7"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="162"/>
     </font>
     <font>
       <b/>
       <sz val="7"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="162"/>
     </font>
     <font>
       <sz val="7.5"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="162"/>
     </font>
@@ -650,289 +407,225 @@
       <family val="1"/>
       <charset val="162"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="162"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="162"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="162"/>
     </font>
     <font>
-      <b/>
       <sz val="16"/>
-      <name val="Cambria"/>
-[...33 lines deleted...]
-      <scheme val="major"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="162"/>
     </font>
     <font>
       <i/>
-      <sz val="12"/>
-[...6 lines deleted...]
-      <b/>
+      <sz val="7.5"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="7"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
+    </font>
+    <font>
       <i/>
       <sz val="12"/>
-      <name val="Cambria"/>
-[...19 lines deleted...]
-      <i/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
+    </font>
+    <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="162"/>
     </font>
     <font>
-      <sz val="14"/>
-[...4 lines deleted...]
-    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="162"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="162"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial Tur"/>
+      <family val="2"/>
+      <charset val="162"/>
+    </font>
+    <font>
+      <b/>
       <sz val="14"/>
       <color theme="1"/>
-      <name val="Cambria"/>
-[...2 lines deleted...]
-      <scheme val="major"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="14"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color rgb="FF002060"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="162"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="162"/>
     </font>
     <font>
-      <b/>
-[...23 lines deleted...]
-      <u/>
       <sz val="14"/>
-      <name val="Times New Roman"/>
-[...35 lines deleted...]
-      <sz val="10"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
-    </font>
-[...24 lines deleted...]
-      <family val="1"/>
+      <charset val="162"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="44"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="44"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -957,330 +650,339 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="108">
+  <cellXfs count="84">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="3" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="3" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
-[...48 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...53 lines deleted...]
-    <xf numFmtId="4" fontId="8" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...83 lines deleted...]
-    <xf numFmtId="0" fontId="46" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="40" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="27" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="27" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -1324,100 +1026,100 @@
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00424242"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>63500</xdr:colOff>
+      <xdr:colOff>21980</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:rowOff>58616</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>962025</xdr:colOff>
+      <xdr:colOff>920505</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>444500</xdr:rowOff>
+      <xdr:rowOff>442931</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Resim 1" descr="Açıklama: dikeylogo">
+        <xdr:cNvPr id="3" name="Resim 2" descr="Açıklama: dikeylogo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15EB5EA9-DDED-4560-A88B-C52FF574F609}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="406400" y="47625"/>
-          <a:ext cx="898525" cy="1139825"/>
+          <a:off x="432288" y="58616"/>
+          <a:ext cx="898525" cy="1131661"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
   <a:themeElements>
     <a:clrScheme name="Ofis">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1768,1114 +1470,880 @@
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:R48"/>
+  <dimension ref="A1:Q41"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="70" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1:L4"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="130" zoomScaleNormal="70" zoomScaleSheetLayoutView="130" workbookViewId="0">
+      <selection activeCell="K30" sqref="K30:M30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="10.5" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="5.140625" style="1" customWidth="1"/>
-    <col min="2" max="2" width="21.42578125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="6.140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="20" style="1" customWidth="1"/>
     <col min="3" max="3" width="6" style="1" customWidth="1"/>
     <col min="4" max="4" width="4.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="3.7109375" style="2" customWidth="1"/>
     <col min="6" max="6" width="1.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="14.5703125" style="2" customWidth="1"/>
     <col min="8" max="8" width="4.7109375" style="2" customWidth="1"/>
     <col min="9" max="9" width="9" style="1" customWidth="1"/>
-    <col min="10" max="10" width="10.85546875" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="1"/>
+    <col min="10" max="10" width="11.28515625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="10.85546875" style="1" customWidth="1"/>
+    <col min="12" max="13" width="9" style="1" customWidth="1"/>
+    <col min="14" max="14" width="44.42578125" style="1" customWidth="1"/>
+    <col min="15" max="15" width="3.85546875" style="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-[...146 lines deleted...]
-      <c r="A9" s="58" t="s">
+    <row r="1" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="77"/>
+      <c r="B1" s="77"/>
+      <c r="C1" s="66" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="66"/>
+      <c r="E1" s="66"/>
+      <c r="F1" s="66"/>
+      <c r="G1" s="66"/>
+      <c r="H1" s="66"/>
+      <c r="I1" s="66"/>
+      <c r="J1" s="66"/>
+      <c r="K1" s="66"/>
+      <c r="L1" s="66"/>
+      <c r="M1" s="66"/>
+    </row>
+    <row r="2" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="77"/>
+      <c r="B2" s="77"/>
+      <c r="C2" s="66"/>
+      <c r="D2" s="66"/>
+      <c r="E2" s="66"/>
+      <c r="F2" s="66"/>
+      <c r="G2" s="66"/>
+      <c r="H2" s="66"/>
+      <c r="I2" s="66"/>
+      <c r="J2" s="66"/>
+      <c r="K2" s="66"/>
+      <c r="L2" s="66"/>
+      <c r="M2" s="66"/>
+    </row>
+    <row r="3" spans="1:17" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="77"/>
+      <c r="B3" s="77"/>
+      <c r="C3" s="66"/>
+      <c r="D3" s="66"/>
+      <c r="E3" s="66"/>
+      <c r="F3" s="66"/>
+      <c r="G3" s="66"/>
+      <c r="H3" s="66"/>
+      <c r="I3" s="66"/>
+      <c r="J3" s="66"/>
+      <c r="K3" s="66"/>
+      <c r="L3" s="66"/>
+      <c r="M3" s="66"/>
+    </row>
+    <row r="4" spans="1:17" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="77"/>
+      <c r="B4" s="77"/>
+      <c r="C4" s="66"/>
+      <c r="D4" s="66"/>
+      <c r="E4" s="66"/>
+      <c r="F4" s="66"/>
+      <c r="G4" s="66"/>
+      <c r="H4" s="66"/>
+      <c r="I4" s="66"/>
+      <c r="J4" s="66"/>
+      <c r="K4" s="66"/>
+      <c r="L4" s="66"/>
+      <c r="M4" s="66"/>
+    </row>
+    <row r="5" spans="1:17" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="32"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="33"/>
+      <c r="D5" s="34"/>
+      <c r="E5" s="34"/>
+      <c r="F5" s="33"/>
+      <c r="G5" s="34"/>
+      <c r="H5" s="34"/>
+      <c r="I5" s="35"/>
+      <c r="J5" s="35"/>
+      <c r="K5" s="35"/>
+      <c r="L5" s="35"/>
+      <c r="M5" s="35"/>
+      <c r="N5" s="22"/>
+      <c r="O5" s="22"/>
+      <c r="P5" s="22"/>
+      <c r="Q5" s="22"/>
+    </row>
+    <row r="6" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="47"/>
+      <c r="B6" s="47"/>
+      <c r="C6" s="47"/>
+      <c r="D6" s="47"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="47"/>
+      <c r="G6" s="47"/>
+      <c r="H6" s="47"/>
+      <c r="I6" s="47"/>
+      <c r="J6" s="47"/>
+      <c r="K6" s="47"/>
+      <c r="L6" s="47"/>
+      <c r="M6" s="47"/>
+      <c r="N6" s="22"/>
+      <c r="O6" s="22"/>
+      <c r="P6" s="22"/>
+      <c r="Q6" s="22"/>
+    </row>
+    <row r="7" spans="1:17" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="78" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="79"/>
+      <c r="C7" s="79"/>
+      <c r="D7" s="79"/>
+      <c r="E7" s="79"/>
+      <c r="F7" s="79"/>
+      <c r="G7" s="79"/>
+      <c r="H7" s="79"/>
+      <c r="I7" s="79"/>
+      <c r="J7" s="79"/>
+      <c r="K7" s="79"/>
+      <c r="L7" s="79"/>
+      <c r="M7" s="80"/>
+    </row>
+    <row r="8" spans="1:17" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="55"/>
+      <c r="C8" s="81" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="82"/>
+      <c r="E8" s="82"/>
+      <c r="F8" s="82"/>
+      <c r="G8" s="55" t="s">
+        <v>23</v>
+      </c>
+      <c r="H8" s="55"/>
+      <c r="I8" s="55"/>
+      <c r="J8" s="64" t="s">
+        <v>24</v>
+      </c>
+      <c r="K8" s="65"/>
+      <c r="L8" s="25"/>
+      <c r="M8" s="38"/>
+    </row>
+    <row r="9" spans="1:17" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="55" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" s="55"/>
+      <c r="C9" s="81" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="82"/>
+      <c r="E9" s="82"/>
+      <c r="F9" s="82"/>
+      <c r="G9" s="55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9" s="55"/>
+      <c r="I9" s="55"/>
+      <c r="J9" s="64" t="s">
+        <v>24</v>
+      </c>
+      <c r="K9" s="65"/>
+      <c r="L9" s="25"/>
+      <c r="M9" s="39"/>
+    </row>
+    <row r="10" spans="1:17" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" s="55"/>
+      <c r="C10" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" s="57"/>
+      <c r="E10" s="57"/>
+      <c r="F10" s="57"/>
+      <c r="G10" s="57"/>
+      <c r="H10" s="57"/>
+      <c r="I10" s="57"/>
+      <c r="J10" s="57"/>
+      <c r="K10" s="57"/>
+      <c r="L10" s="57"/>
+      <c r="M10" s="58"/>
+    </row>
+    <row r="11" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="62" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" s="67" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="68"/>
+      <c r="D11" s="68"/>
+      <c r="E11" s="68"/>
+      <c r="F11" s="68"/>
+      <c r="G11" s="68"/>
+      <c r="H11" s="68"/>
+      <c r="I11" s="69"/>
+      <c r="J11" s="73" t="s">
+        <v>0</v>
+      </c>
+      <c r="K11" s="73" t="s">
+        <v>7</v>
+      </c>
+      <c r="L11" s="75" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" s="76"/>
+      <c r="N11" s="3"/>
+    </row>
+    <row r="12" spans="1:17" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="63"/>
+      <c r="B12" s="70"/>
+      <c r="C12" s="71"/>
+      <c r="D12" s="71"/>
+      <c r="E12" s="71"/>
+      <c r="F12" s="71"/>
+      <c r="G12" s="71"/>
+      <c r="H12" s="71"/>
+      <c r="I12" s="72"/>
+      <c r="J12" s="74"/>
+      <c r="K12" s="74"/>
+      <c r="L12" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="M12" s="31" t="s">
+        <v>27</v>
+      </c>
+      <c r="N12" s="3"/>
+    </row>
+    <row r="13" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="40" t="s">
+        <v>12</v>
+      </c>
+      <c r="B13" s="52"/>
+      <c r="C13" s="53"/>
+      <c r="D13" s="53"/>
+      <c r="E13" s="53"/>
+      <c r="F13" s="53"/>
+      <c r="G13" s="53"/>
+      <c r="H13" s="53"/>
+      <c r="I13" s="54"/>
+      <c r="J13" s="45"/>
+      <c r="K13" s="45"/>
+      <c r="L13" s="46" t="s">
+        <v>34</v>
+      </c>
+      <c r="M13" s="46" t="s">
+        <v>34</v>
+      </c>
+      <c r="N13" s="3"/>
+    </row>
+    <row r="14" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="40" t="s">
         <v>13</v>
       </c>
-      <c r="B9" s="58"/>
-[...6 lines deleted...]
-      <c r="G9" s="58" t="s">
+      <c r="B14" s="52"/>
+      <c r="C14" s="53"/>
+      <c r="D14" s="53"/>
+      <c r="E14" s="53"/>
+      <c r="F14" s="53"/>
+      <c r="G14" s="53"/>
+      <c r="H14" s="53"/>
+      <c r="I14" s="54"/>
+      <c r="J14" s="45"/>
+      <c r="K14" s="45"/>
+      <c r="L14" s="46"/>
+      <c r="M14" s="46"/>
+      <c r="N14" s="3"/>
+    </row>
+    <row r="15" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="40" t="s">
+        <v>14</v>
+      </c>
+      <c r="B15" s="52"/>
+      <c r="C15" s="53"/>
+      <c r="D15" s="53"/>
+      <c r="E15" s="53"/>
+      <c r="F15" s="53"/>
+      <c r="G15" s="53"/>
+      <c r="H15" s="53"/>
+      <c r="I15" s="54"/>
+      <c r="J15" s="45"/>
+      <c r="K15" s="45"/>
+      <c r="L15" s="46"/>
+      <c r="M15" s="46"/>
+      <c r="N15" s="3"/>
+    </row>
+    <row r="16" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="40" t="s">
+        <v>15</v>
+      </c>
+      <c r="B16" s="52"/>
+      <c r="C16" s="53"/>
+      <c r="D16" s="53"/>
+      <c r="E16" s="53"/>
+      <c r="F16" s="53"/>
+      <c r="G16" s="53"/>
+      <c r="H16" s="53"/>
+      <c r="I16" s="54"/>
+      <c r="J16" s="45"/>
+      <c r="K16" s="45"/>
+      <c r="L16" s="46"/>
+      <c r="M16" s="46"/>
+      <c r="N16" s="3"/>
+    </row>
+    <row r="17" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="40" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" s="52"/>
+      <c r="C17" s="53"/>
+      <c r="D17" s="53"/>
+      <c r="E17" s="53"/>
+      <c r="F17" s="53"/>
+      <c r="G17" s="53"/>
+      <c r="H17" s="53"/>
+      <c r="I17" s="54"/>
+      <c r="J17" s="45"/>
+      <c r="K17" s="45"/>
+      <c r="L17" s="46"/>
+      <c r="M17" s="46"/>
+      <c r="N17" s="3"/>
+    </row>
+    <row r="18" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="40" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="52"/>
+      <c r="C18" s="53"/>
+      <c r="D18" s="53"/>
+      <c r="E18" s="53"/>
+      <c r="F18" s="53"/>
+      <c r="G18" s="53"/>
+      <c r="H18" s="53"/>
+      <c r="I18" s="54"/>
+      <c r="J18" s="45"/>
+      <c r="K18" s="45"/>
+      <c r="L18" s="46"/>
+      <c r="M18" s="46"/>
+      <c r="N18" s="3"/>
+    </row>
+    <row r="19" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="52"/>
+      <c r="C19" s="53"/>
+      <c r="D19" s="53"/>
+      <c r="E19" s="53"/>
+      <c r="F19" s="53"/>
+      <c r="G19" s="53"/>
+      <c r="H19" s="53"/>
+      <c r="I19" s="54"/>
+      <c r="J19" s="45"/>
+      <c r="K19" s="45"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="3"/>
+    </row>
+    <row r="20" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="B20" s="52"/>
+      <c r="C20" s="53"/>
+      <c r="D20" s="53"/>
+      <c r="E20" s="53"/>
+      <c r="F20" s="53"/>
+      <c r="G20" s="53"/>
+      <c r="H20" s="53"/>
+      <c r="I20" s="54"/>
+      <c r="J20" s="45"/>
+      <c r="K20" s="45"/>
+      <c r="L20" s="46"/>
+      <c r="M20" s="46"/>
+      <c r="N20" s="3"/>
+    </row>
+    <row r="21" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" s="52"/>
+      <c r="C21" s="53"/>
+      <c r="D21" s="53"/>
+      <c r="E21" s="53"/>
+      <c r="F21" s="53"/>
+      <c r="G21" s="53"/>
+      <c r="H21" s="53"/>
+      <c r="I21" s="54"/>
+      <c r="J21" s="45"/>
+      <c r="K21" s="45"/>
+      <c r="L21" s="46"/>
+      <c r="M21" s="46"/>
+      <c r="N21" s="3"/>
+    </row>
+    <row r="22" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="40" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="52"/>
+      <c r="C22" s="53"/>
+      <c r="D22" s="53"/>
+      <c r="E22" s="53"/>
+      <c r="F22" s="53"/>
+      <c r="G22" s="53"/>
+      <c r="H22" s="53"/>
+      <c r="I22" s="54"/>
+      <c r="J22" s="45"/>
+      <c r="K22" s="45"/>
+      <c r="L22" s="46"/>
+      <c r="M22" s="46"/>
+      <c r="N22" s="3"/>
+    </row>
+    <row r="23" spans="1:16" ht="84.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="48" t="s">
         <v>33</v>
       </c>
-      <c r="H9" s="58"/>
-[...79 lines deleted...]
-      <c r="B13" s="88" t="s">
+      <c r="B23" s="48"/>
+      <c r="C23" s="48"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="48"/>
+      <c r="G23" s="48"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="48"/>
+      <c r="K23" s="48"/>
+      <c r="L23" s="48"/>
+      <c r="M23" s="48"/>
+      <c r="N23" s="4"/>
+      <c r="P23" s="7"/>
+    </row>
+    <row r="24" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="30"/>
+      <c r="B24" s="49"/>
+      <c r="C24" s="49"/>
+      <c r="D24" s="49"/>
+      <c r="E24" s="49"/>
+      <c r="F24" s="49"/>
+      <c r="G24" s="49"/>
+      <c r="H24" s="49"/>
+      <c r="I24" s="49"/>
+      <c r="J24" s="49"/>
+      <c r="K24" s="49"/>
+      <c r="L24" s="49"/>
+      <c r="M24" s="49"/>
+      <c r="N24" s="5"/>
+    </row>
+    <row r="25" spans="1:16" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A25" s="18"/>
+      <c r="B25" s="19"/>
+      <c r="C25" s="20"/>
+      <c r="D25" s="20"/>
+      <c r="E25" s="20"/>
+      <c r="F25" s="20"/>
+      <c r="G25" s="20"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="20"/>
+      <c r="J25" s="20"/>
+      <c r="K25" s="20"/>
+      <c r="L25" s="20"/>
+      <c r="M25" s="10"/>
+      <c r="N25" s="5"/>
+    </row>
+    <row r="26" spans="1:16" s="24" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="50" t="s">
+        <v>1</v>
+      </c>
+      <c r="B26" s="50"/>
+      <c r="C26" s="41"/>
+      <c r="D26" s="41"/>
+      <c r="E26" s="42"/>
+      <c r="F26" s="42"/>
+      <c r="G26" s="51" t="s">
         <v>6</v>
       </c>
-      <c r="C13" s="89"/>
-[...12 lines deleted...]
-      <c r="L13" s="92" t="s">
+      <c r="H26" s="51"/>
+      <c r="I26" s="51"/>
+      <c r="J26" s="43"/>
+      <c r="K26" s="50" t="s">
+        <v>2</v>
+      </c>
+      <c r="L26" s="50"/>
+      <c r="M26" s="50"/>
+      <c r="N26" s="23"/>
+    </row>
+    <row r="27" spans="1:16" s="27" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="60" t="s">
+        <v>3</v>
+      </c>
+      <c r="B27" s="60"/>
+      <c r="C27" s="44"/>
+      <c r="D27" s="44"/>
+      <c r="E27" s="36"/>
+      <c r="F27" s="36"/>
+      <c r="G27" s="60" t="s">
+        <v>3</v>
+      </c>
+      <c r="H27" s="60"/>
+      <c r="I27" s="60"/>
+      <c r="J27" s="36"/>
+      <c r="K27" s="60" t="s">
+        <v>3</v>
+      </c>
+      <c r="L27" s="60"/>
+      <c r="M27" s="60"/>
+      <c r="N27" s="26"/>
+    </row>
+    <row r="28" spans="1:16" s="27" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="61" t="s">
+        <v>4</v>
+      </c>
+      <c r="B28" s="61"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="29"/>
+      <c r="E28" s="37"/>
+      <c r="F28" s="37"/>
+      <c r="G28" s="61" t="s">
+        <v>5</v>
+      </c>
+      <c r="H28" s="61"/>
+      <c r="I28" s="61"/>
+      <c r="J28" s="36"/>
+      <c r="K28" s="61" t="s">
+        <v>4</v>
+      </c>
+      <c r="L28" s="61"/>
+      <c r="M28" s="61"/>
+      <c r="N28" s="26"/>
+    </row>
+    <row r="29" spans="1:16" ht="12" x14ac:dyDescent="0.2">
+      <c r="A29" s="18"/>
+      <c r="B29" s="21"/>
+      <c r="C29" s="8"/>
+      <c r="D29" s="9"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="8"/>
+      <c r="G29" s="6"/>
+      <c r="H29" s="6"/>
+      <c r="I29" s="8"/>
+      <c r="J29" s="8"/>
+      <c r="K29" s="8"/>
+      <c r="M29" s="8"/>
+      <c r="N29" s="5"/>
+    </row>
+    <row r="30" spans="1:16" ht="12" x14ac:dyDescent="0.2">
+      <c r="A30" s="18"/>
+      <c r="B30" s="21"/>
+      <c r="C30" s="8"/>
+      <c r="D30" s="6"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="8"/>
+      <c r="G30" s="6"/>
+      <c r="H30" s="6"/>
+      <c r="I30" s="8"/>
+      <c r="J30" s="8"/>
+      <c r="K30" s="83" t="s">
         <v>35</v>
       </c>
-      <c r="M13" s="93" t="s">
-[...672 lines deleted...]
-      <c r="N48" s="15"/>
+      <c r="L30" s="83"/>
+      <c r="M30" s="83"/>
+    </row>
+    <row r="31" spans="1:16" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B31" s="17"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="11"/>
+      <c r="E31" s="11"/>
+      <c r="F31" s="12"/>
+      <c r="G31" s="11"/>
+      <c r="H31" s="11"/>
+      <c r="I31" s="8"/>
+      <c r="J31" s="8"/>
+      <c r="K31" s="8"/>
+      <c r="L31" s="8"/>
+      <c r="M31" s="8"/>
+    </row>
+    <row r="32" spans="1:16" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A32" s="59"/>
+      <c r="B32" s="59"/>
+      <c r="C32" s="59"/>
+      <c r="D32" s="59"/>
+      <c r="E32" s="59"/>
+      <c r="F32" s="59"/>
+      <c r="G32" s="59"/>
+      <c r="H32" s="59"/>
+      <c r="I32" s="59"/>
+      <c r="J32" s="59"/>
+      <c r="K32" s="59"/>
+      <c r="L32" s="59"/>
+      <c r="M32" s="59"/>
+    </row>
+    <row r="33" spans="2:13" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B33" s="8"/>
+      <c r="C33" s="13"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="14"/>
+      <c r="F33" s="13"/>
+      <c r="G33" s="14"/>
+      <c r="H33" s="14"/>
+      <c r="I33" s="13"/>
+      <c r="J33" s="13"/>
+      <c r="K33" s="13"/>
+      <c r="L33" s="13"/>
+      <c r="M33" s="13"/>
+    </row>
+    <row r="34" spans="2:13" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B34" s="4"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="14"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="14"/>
+      <c r="K34" s="14"/>
+      <c r="L34" s="14"/>
+    </row>
+    <row r="35" spans="2:13" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B35" s="8"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="14"/>
+      <c r="F35" s="13"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="14"/>
+      <c r="I35" s="13"/>
+      <c r="J35" s="13"/>
+      <c r="K35" s="13"/>
+      <c r="L35" s="13"/>
+      <c r="M35" s="13"/>
+    </row>
+    <row r="36" spans="2:13" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B36" s="8"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="14"/>
+      <c r="F36" s="13"/>
+      <c r="G36" s="14"/>
+      <c r="H36" s="14"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="13"/>
+      <c r="K36" s="13"/>
+      <c r="L36" s="13"/>
+      <c r="M36" s="13"/>
+    </row>
+    <row r="37" spans="2:13" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B37" s="8"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="14"/>
+      <c r="F37" s="13"/>
+      <c r="G37" s="14"/>
+      <c r="H37" s="14"/>
+      <c r="I37" s="13"/>
+      <c r="J37" s="13"/>
+      <c r="K37" s="13"/>
+      <c r="L37" s="13"/>
+      <c r="M37" s="13"/>
+    </row>
+    <row r="38" spans="2:13" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B38" s="8"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="14"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="14"/>
+      <c r="H38" s="14"/>
+      <c r="I38" s="13"/>
+      <c r="J38" s="13"/>
+      <c r="K38" s="13"/>
+      <c r="L38" s="13"/>
+      <c r="M38" s="13"/>
+    </row>
+    <row r="39" spans="2:13" x14ac:dyDescent="0.2">
+      <c r="C39" s="15"/>
+      <c r="D39" s="16"/>
+      <c r="E39" s="16"/>
+      <c r="F39" s="15"/>
+      <c r="G39" s="16"/>
+      <c r="H39" s="16"/>
+      <c r="I39" s="15"/>
+      <c r="J39" s="15"/>
+      <c r="K39" s="15"/>
+      <c r="L39" s="15"/>
+      <c r="M39" s="15"/>
+    </row>
+    <row r="40" spans="2:13" x14ac:dyDescent="0.2">
+      <c r="C40" s="15"/>
+      <c r="D40" s="16"/>
+      <c r="E40" s="16"/>
+      <c r="F40" s="15"/>
+      <c r="G40" s="16"/>
+      <c r="H40" s="16"/>
+      <c r="I40" s="15"/>
+      <c r="J40" s="15"/>
+      <c r="K40" s="15"/>
+      <c r="L40" s="15"/>
+      <c r="M40" s="15"/>
+    </row>
+    <row r="41" spans="2:13" x14ac:dyDescent="0.2">
+      <c r="C41" s="15"/>
+      <c r="D41" s="16"/>
+      <c r="E41" s="16"/>
+      <c r="F41" s="15"/>
+      <c r="G41" s="16"/>
+      <c r="H41" s="16"/>
+      <c r="I41" s="15"/>
+      <c r="J41" s="15"/>
+      <c r="K41" s="15"/>
+      <c r="L41" s="15"/>
+      <c r="M41" s="15"/>
     </row>
   </sheetData>
-  <mergeCells count="59">
-[...1 lines deleted...]
-    <mergeCell ref="C12:F12"/>
+  <mergeCells count="42">
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="J9:K9"/>
+    <mergeCell ref="C1:M4"/>
+    <mergeCell ref="B11:I12"/>
+    <mergeCell ref="J11:J12"/>
+    <mergeCell ref="K11:K12"/>
+    <mergeCell ref="L11:M11"/>
     <mergeCell ref="A1:B4"/>
-    <mergeCell ref="C1:L4"/>
-[...1 lines deleted...]
-    <mergeCell ref="A8:N8"/>
+    <mergeCell ref="A7:M7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="C8:F8"/>
+    <mergeCell ref="G8:I8"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:F9"/>
     <mergeCell ref="G9:I9"/>
     <mergeCell ref="A10:B10"/>
-    <mergeCell ref="C10:F10"/>
-[...2 lines deleted...]
-    <mergeCell ref="C11:N11"/>
+    <mergeCell ref="C10:M10"/>
+    <mergeCell ref="A32:M32"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="G27:I27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="G28:I28"/>
+    <mergeCell ref="K27:M27"/>
+    <mergeCell ref="K28:M28"/>
+    <mergeCell ref="A11:A12"/>
+    <mergeCell ref="K30:M30"/>
+    <mergeCell ref="A6:M6"/>
+    <mergeCell ref="A23:M23"/>
+    <mergeCell ref="B24:M24"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="G26:I26"/>
+    <mergeCell ref="B21:I21"/>
+    <mergeCell ref="B22:I22"/>
+    <mergeCell ref="K26:M26"/>
+    <mergeCell ref="B18:I18"/>
+    <mergeCell ref="B19:I19"/>
+    <mergeCell ref="B20:I20"/>
+    <mergeCell ref="B15:I15"/>
+    <mergeCell ref="B16:I16"/>
+    <mergeCell ref="B17:I17"/>
     <mergeCell ref="B13:I13"/>
-    <mergeCell ref="M13:N13"/>
     <mergeCell ref="B14:I14"/>
-    <mergeCell ref="M14:N14"/>
-[...40 lines deleted...]
-    <mergeCell ref="M33:N33"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
-  <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
-  <pageSetup paperSize="9" scale="80" fitToHeight="2" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.2" bottom="0.3" header="0.21" footer="0.39370078740157483"/>
+  <pageSetup paperSize="9" scale="88" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Times New Roman,İtalik"Sayfa &amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xr:uid="{00000000-0001-0000-0200-000000000000}" mc:Ignorable="x14ac xr xr2 xr3">
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <x:sheetData/>
   <x:sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <x:pageMargins left="0.78749999999999998" right="0.78749999999999998" top="1.0527777777777778" bottom="1.0527777777777778" header="0.78749999999999998" footer="0.78749999999999998"/>
   <x:pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <x:headerFooter alignWithMargins="0">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12Sayfa &amp;P</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Çalışma Sayfaları</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Adlandırılmış Aralıklar</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>MAL-HİZMET MUAYENE KABUL TU (2</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>MALALIMI MAUYENE VE KABUL TUT.</vt:lpstr>
       <vt:lpstr>Modül1</vt:lpstr>
+      <vt:lpstr>'MALALIMI MAUYENE VE KABUL TUT.'!Yazdırma_Alanı</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>hüseyin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>