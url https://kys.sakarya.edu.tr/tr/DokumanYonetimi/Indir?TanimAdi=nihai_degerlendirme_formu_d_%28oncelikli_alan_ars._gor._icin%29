--- v0 (2025-10-14)
+++ v1 (2026-02-01)
@@ -1,156 +1,183 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<x:workbook xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x15">
-  <x:fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+<x:workbook xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <x:fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24334"/>
   <x:workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Sau\Desktop\Personel Formlar\formlar\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sau\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C7AF845D-7E21-4BDB-9A08-E6FB391492F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <x:bookViews>
-    <x:workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11340" tabRatio="563"/>
+    <x:workbookView xWindow="-24120" yWindow="-120" windowWidth="24240" windowHeight="13140" tabRatio="563" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Giriş Sınavı" sheetId="17" r:id="rId1"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm.Print_Area" localSheetId="0">'Giriş Sınavı'!$A$1:$M$19</x:definedName>
   </x:definedNames>
-  <x:calcPr calcId="162913"/>
+  <x:calcPr calcId="191029"/>
+  <x:extLst>
+    <x:ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </x:ext>
+    <x:ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </x:ext>
+  </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E9" i="17" l="1"/>
+  <c r="K9" i="17" l="1"/>
+  <c r="I9" i="17"/>
   <c r="G9" i="17"/>
-  <c r="I9" i="17"/>
-  <c r="K9" i="17"/>
+  <c r="E9" i="17"/>
+  <c r="L9" i="17" s="1"/>
+  <c r="K8" i="17"/>
+  <c r="I8" i="17"/>
+  <c r="G8" i="17"/>
   <c r="E8" i="17"/>
-  <c r="G8" i="17"/>
-[...3 lines deleted...]
-  <c r="L8" i="17"/>
+  <c r="L8" i="17" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <x:si>
     <x:t>SNo:</x:t>
   </x:si>
   <x:si>
     <x:t>Adı</x:t>
   </x:si>
   <x:si>
     <x:t>Soyadı</x:t>
   </x:si>
   <x:si>
     <x:t>ALES PUANI</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>Yabancı Dil Puanı</x:t>
   </x:si>
   <x:si>
-    <x:t>Ales Puanı*%30</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lisans Mez. Notu</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Yabancı Dil Puanı*  %10</x:t>
   </x:si>
   <x:si>
     <x:t>Nihai Değerlendirme    
     Sonucu</x:t>
   </x:si>
   <x:si>
     <x:t>Başarılı/Asil</x:t>
   </x:si>
   <x:si>
     <x:t>Başarılı/Yedek</x:t>
   </x:si>
   <x:si>
     <x:t>Sınav Sonucu*</x:t>
   </x:si>
   <x:si>
     <x:t>İlan No:</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Sakarya Üniversitesi ……………... Fakültesi tarafından .../…./….. Tarihinde Yapılan Öncelikli alan Araştırma Görevlisi Giriş Sınavı Sonuçları </x:t>
   </x:si>
   <x:si>
-    <x:t>Sözlü Giriş Sınavı Puanı</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Sınav Jüri Başkanı</x:t>
   </x:si>
   <x:si>
     <x:t>Üye</x:t>
   </x:si>
   <x:si>
     <x:t>Üye (Raportör)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00.PRS.FR.100.D - 2</x:t>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:t xml:space="preserve">T.C.
+SAKARYA ÜNİVERSİTESİ
+</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:b/>
+        <x:sz val="18"/>
+        <x:color indexed="8"/>
+        <x:rFont val="Times New Roman"/>
+        <x:family val="1"/>
+        <x:charset val="162"/>
+      </x:rPr>
+      <x:t>NİHAİ DEĞERLENDİRME FORMU</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:b/>
+        <x:sz val="12"/>
+        <x:color indexed="8"/>
+        <x:rFont val="Times New Roman"/>
+        <x:family val="1"/>
+        <x:charset val="162"/>
+      </x:rPr>
+      <x:t xml:space="preserve">
+(Öncelikli Alan Arş. Gör. için)</x:t>
+    </x:r>
   </x:si>
   <x:si>
     <x:r>
       <x:t xml:space="preserve">Öğretim Üyesi Dışındaki Öğretim Elemanı Kadrolarına Yapılacak Atamalarda Uygulanacak Merkezi Sınav ile Giriş Sınavlarına İlişkin Usul ve Esaslar Hakkında Yönetmelik uyarınca Üniversitemizin birimlerinde istihdam edilmek üzere .../..../..... tarihinde yapılan </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:u/>
         <x:sz val="12"/>
         <x:rFont val="Times New Roman"/>
         <x:family val="1"/>
         <x:charset val="162"/>
       </x:rPr>
       <x:t>.................... Fakültesi  .................. Bölümü .............. Anabilim Dalına (.... adet)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:sz val="12"/>
         <x:rFont val="Times New Roman"/>
         <x:family val="1"/>
         <x:charset val="162"/>
@@ -163,91 +190,78 @@
         <x:sz val="12"/>
         <x:rFont val="Times New Roman"/>
         <x:family val="1"/>
         <x:charset val="162"/>
       </x:rPr>
       <x:t xml:space="preserve"> </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:sz val="12"/>
         <x:rFont val="Times New Roman"/>
         <x:family val="1"/>
         <x:charset val="162"/>
       </x:rPr>
       <x:t xml:space="preserve">Sınavı </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:sz val="12"/>
         <x:rFont val="Times New Roman"/>
         <x:family val="1"/>
         <x:charset val="162"/>
       </x:rPr>
-      <x:t xml:space="preserve">aynı yönetmeliğin 12. maddesi uyarınca yapılan nihai değerlendirme sonuçları aşağıda belirtilmiştir. </x:t>
+      <x:t xml:space="preserve">aynı yönetmeliğin 15. maddesinin 2. fıkrası uyarınca yapılan nihai değerlendirme sonuçları aşağıda belirtilmiştir. </x:t>
     </x:r>
   </x:si>
   <x:si>
-    <x:t>00.PRS.FR.100.D - 0</x:t>
-[...29 lines deleted...]
-    </x:r>
+    <x:t>Ales Puanı*%40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lisans Mez. Notu* %15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yabancı Dil Puanı*  %30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Giriş Sınavı Puanı</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Giriş Sınavı Puanı* %15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>* Bu sütuna BAŞARILI/BAŞARISIZ ifadeleri yazılacaktır.
+** Nihai değerlendirme puanı 70 puanın altında olanlar sınavlarda başarısız sayılır.
+*** İlan edilen kadro sayısı kadar yedek aday da ilan edilir.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <charset val="162"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="162"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="162"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Tahoma"/>
@@ -437,205 +451,269 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="20" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1268150</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>952499</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Resim 3"/>
+        <xdr:cNvPr id="4" name="Resim 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="176893"/>
           <a:ext cx="2628864" cy="952499"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525">
+          <a:noFill/>
+          <a:miter lim="800000"/>
+          <a:headEnd/>
+          <a:tailEnd/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1268150</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>952499</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Resim 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3997F1F0-10BF-426E-886F-4FA9BBAF4DD8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="171450"/>
+          <a:ext cx="2620700" cy="952499"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -686,85 +764,119 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -900,431 +1012,431 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xr:uid="{00000000-0001-0000-0000-000000000000}" mc:Ignorable="x14ac xr xr2 xr3">
   <x:sheetPr>
     <x:pageSetUpPr fitToPage="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N20"/>
   <x:sheetViews>
-    <x:sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <x:selection activeCell="B8" sqref="B8"/>
+    <x:sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A4" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <x:selection activeCell="M7" sqref="A7:M9"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="32.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <x:cols>
     <x:col min="1" max="1" width="6.28515625" style="2" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="14" style="2" customWidth="1"/>
     <x:col min="3" max="3" width="21.7109375" style="2" customWidth="1"/>
     <x:col min="4" max="4" width="14.42578125" style="1" customWidth="1"/>
     <x:col min="5" max="5" width="13.85546875" style="1" customWidth="1"/>
     <x:col min="6" max="6" width="13" style="1" customWidth="1"/>
     <x:col min="7" max="7" width="13.42578125" style="1" customWidth="1"/>
     <x:col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <x:col min="9" max="9" width="15" style="1" customWidth="1"/>
     <x:col min="10" max="10" width="19.7109375" style="1" customWidth="1"/>
     <x:col min="11" max="11" width="14.85546875" style="1" customWidth="1"/>
     <x:col min="12" max="12" width="17.140625" style="1" customWidth="1"/>
     <x:col min="13" max="13" width="17" style="1" customWidth="1"/>
     <x:col min="14" max="16384" width="9.140625" style="2"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <x:c r="A1" s="35" t="s">
+      <x:c r="A1" s="40" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B1" s="40"/>
+      <x:c r="C1" s="40"/>
+      <x:c r="D1" s="40"/>
+      <x:c r="E1" s="40"/>
+      <x:c r="F1" s="40"/>
+      <x:c r="G1" s="40"/>
+      <x:c r="H1" s="40"/>
+      <x:c r="I1" s="40"/>
+      <x:c r="J1" s="40"/>
+      <x:c r="K1" s="40"/>
+      <x:c r="L1" s="40"/>
+      <x:c r="M1" s="40"/>
+    </x:row>
+    <x:row r="2" spans="1:14" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
+      <x:c r="A2" s="41" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B2" s="41"/>
+      <x:c r="C2" s="41"/>
+      <x:c r="D2" s="41"/>
+      <x:c r="E2" s="41"/>
+      <x:c r="F2" s="41"/>
+      <x:c r="G2" s="41"/>
+      <x:c r="H2" s="41"/>
+      <x:c r="I2" s="41"/>
+      <x:c r="J2" s="41"/>
+      <x:c r="K2" s="41"/>
+      <x:c r="L2" s="41"/>
+      <x:c r="M2" s="41"/>
+    </x:row>
+    <x:row r="3" spans="1:14" s="28" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <x:c r="A3" s="38" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B3" s="38"/>
+      <x:c r="C3" s="38"/>
+      <x:c r="D3" s="38"/>
+      <x:c r="E3" s="38"/>
+      <x:c r="F3" s="38"/>
+      <x:c r="G3" s="38"/>
+      <x:c r="H3" s="38"/>
+      <x:c r="I3" s="38"/>
+      <x:c r="J3" s="38"/>
+      <x:c r="K3" s="38"/>
+      <x:c r="L3" s="38"/>
+      <x:c r="M3" s="38"/>
+    </x:row>
+    <x:row r="4" spans="1:14" ht="83.25" customHeight="1" x14ac:dyDescent="0.2">
+      <x:c r="A4" s="36" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B4" s="37"/>
+      <x:c r="C4" s="37"/>
+      <x:c r="D4" s="37"/>
+      <x:c r="E4" s="37"/>
+      <x:c r="F4" s="37"/>
+      <x:c r="G4" s="37"/>
+      <x:c r="H4" s="37"/>
+      <x:c r="I4" s="37"/>
+      <x:c r="J4" s="37"/>
+      <x:c r="K4" s="37"/>
+      <x:c r="L4" s="37"/>
+      <x:c r="M4" s="37"/>
+    </x:row>
+    <x:row r="5" spans="1:14" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <x:c r="A5" s="16"/>
+      <x:c r="B5" s="16"/>
+      <x:c r="C5" s="17"/>
+      <x:c r="D5" s="17"/>
+      <x:c r="E5" s="18"/>
+      <x:c r="F5" s="18"/>
+      <x:c r="G5" s="18"/>
+      <x:c r="H5" s="18"/>
+      <x:c r="I5" s="18"/>
+      <x:c r="J5" s="18"/>
+      <x:c r="K5" s="18"/>
+      <x:c r="L5" s="17" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="M5" s="19"/>
+      <x:c r="N5" s="5"/>
+    </x:row>
+    <x:row r="6" spans="1:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <x:c r="A6" s="20"/>
+      <x:c r="B6" s="21"/>
+      <x:c r="C6" s="21"/>
+      <x:c r="D6" s="21"/>
+      <x:c r="E6" s="21"/>
+      <x:c r="F6" s="21"/>
+      <x:c r="G6" s="21"/>
+      <x:c r="H6" s="21"/>
+      <x:c r="I6" s="21"/>
+      <x:c r="J6" s="21"/>
+      <x:c r="K6" s="21"/>
+      <x:c r="L6" s="21"/>
+      <x:c r="M6" s="22"/>
+    </x:row>
+    <x:row r="7" spans="1:14" s="35" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <x:c r="A7" s="32" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B7" s="33" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C7" s="33" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D7" s="34" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E7" s="34" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F7" s="34" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G7" s="34" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H7" s="34" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="I7" s="29" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J7" s="29" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="K7" s="29" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="B1" s="35"/>
-[...97 lines deleted...]
-      <x:c r="A7" s="38" t="s">
+      <x:c r="L7" s="29" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="M7" s="29" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:14" s="7" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <x:c r="A8" s="30">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="B8" s="31"/>
+      <x:c r="C8" s="31"/>
+      <x:c r="D8" s="30"/>
+      <x:c r="E8" s="30">
+        <x:f>D8*0.4</x:f>
         <x:v>0</x:v>
       </x:c>
-      <x:c r="B7" s="39" t="s">
-[...44 lines deleted...]
-        <x:f>D8*0.3</x:f>
+      <x:c r="F8" s="30"/>
+      <x:c r="G8" s="30">
+        <x:f>F8*0.15</x:f>
         <x:v>0</x:v>
       </x:c>
-      <x:c r="F8" s="24"/>
-[...1 lines deleted...]
-        <x:f>F8*0.3</x:f>
+      <x:c r="H8" s="30"/>
+      <x:c r="I8" s="30">
+        <x:f>H8*0.3</x:f>
         <x:v>0</x:v>
       </x:c>
-      <x:c r="H8" s="24"/>
-[...1 lines deleted...]
-        <x:f>H8*0.1</x:f>
+      <x:c r="J8" s="30"/>
+      <x:c r="K8" s="30">
+        <x:f>J8*0.15</x:f>
         <x:v>0</x:v>
       </x:c>
-      <x:c r="J8" s="24"/>
-[...4 lines deleted...]
-      <x:c r="L8" s="24">
+      <x:c r="L8" s="30">
         <x:f>E8+G8+I8+K8</x:f>
         <x:v>0</x:v>
       </x:c>
-      <x:c r="M8" s="24" t="s">
-[...4 lines deleted...]
-      <x:c r="A9" s="24">
+      <x:c r="M8" s="30" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:14" s="7" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <x:c r="A9" s="30">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="B9" s="25"/>
-[...3 lines deleted...]
-        <x:f>D9*0.3</x:f>
+      <x:c r="B9" s="31"/>
+      <x:c r="C9" s="31"/>
+      <x:c r="D9" s="30"/>
+      <x:c r="E9" s="30">
+        <x:f>D9*0.4</x:f>
         <x:v>0</x:v>
       </x:c>
-      <x:c r="F9" s="24"/>
-[...1 lines deleted...]
-        <x:f>F9*0.3</x:f>
+      <x:c r="F9" s="30"/>
+      <x:c r="G9" s="30">
+        <x:f>F9*0.15</x:f>
         <x:v>0</x:v>
       </x:c>
-      <x:c r="H9" s="24"/>
-[...1 lines deleted...]
-        <x:f>H9*0.1</x:f>
+      <x:c r="H9" s="30"/>
+      <x:c r="I9" s="30">
+        <x:f>H9*0.3</x:f>
         <x:v>0</x:v>
       </x:c>
-      <x:c r="J9" s="24"/>
-[...1 lines deleted...]
-        <x:f>J9*0.3</x:f>
+      <x:c r="J9" s="30"/>
+      <x:c r="K9" s="30">
+        <x:f>J9*0.15</x:f>
         <x:v>0</x:v>
       </x:c>
-      <x:c r="L9" s="24">
+      <x:c r="L9" s="30">
         <x:f>E9+G9+I9+K9</x:f>
         <x:v>0</x:v>
       </x:c>
-      <x:c r="M9" s="24" t="s">
-        <x:v>12</x:v>
+      <x:c r="M9" s="30" t="s">
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <x:c r="A10" s="26"/>
-[...11 lines deleted...]
-      <x:c r="M10" s="28"/>
+      <x:c r="A10" s="23"/>
+      <x:c r="B10" s="24"/>
+      <x:c r="C10" s="24"/>
+      <x:c r="D10" s="25"/>
+      <x:c r="E10" s="25"/>
+      <x:c r="F10" s="25"/>
+      <x:c r="G10" s="25"/>
+      <x:c r="H10" s="25"/>
+      <x:c r="I10" s="25"/>
+      <x:c r="J10" s="25"/>
+      <x:c r="K10" s="25"/>
+      <x:c r="L10" s="25"/>
+      <x:c r="M10" s="25"/>
       <x:c r="N10" s="6"/>
     </x:row>
     <x:row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <x:c r="A11" s="10"/>
-[...107 lines deleted...]
-      <x:c r="M17" s="16"/>
+      <x:c r="A11" s="9"/>
+      <x:c r="B11" s="10"/>
+      <x:c r="C11" s="26"/>
+      <x:c r="D11" s="15"/>
+      <x:c r="E11" s="15"/>
+      <x:c r="F11" s="15"/>
+      <x:c r="G11" s="15"/>
+      <x:c r="H11" s="15"/>
+      <x:c r="I11" s="15"/>
+      <x:c r="J11" s="15"/>
+      <x:c r="K11" s="15"/>
+      <x:c r="L11" s="26"/>
+      <x:c r="M11" s="26"/>
+    </x:row>
+    <x:row r="12" spans="1:14" s="8" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <x:c r="A12" s="15"/>
+      <x:c r="B12" s="15"/>
+      <x:c r="C12" s="15"/>
+      <x:c r="D12" s="27"/>
+      <x:c r="E12" s="27"/>
+      <x:c r="F12" s="27"/>
+      <x:c r="G12" s="27"/>
+      <x:c r="H12" s="27"/>
+      <x:c r="I12" s="15"/>
+      <x:c r="J12" s="15"/>
+      <x:c r="K12" s="15"/>
+      <x:c r="L12" s="15"/>
+      <x:c r="M12" s="15"/>
+    </x:row>
+    <x:row r="13" spans="1:14" s="8" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <x:c r="A13" s="9"/>
+      <x:c r="B13" s="10"/>
+      <x:c r="C13" s="11" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="D13" s="12"/>
+      <x:c r="E13" s="12"/>
+      <x:c r="F13" s="13" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G13" s="12"/>
+      <x:c r="H13" s="12"/>
+      <x:c r="I13" s="14"/>
+      <x:c r="J13" s="13" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="K13" s="12"/>
+      <x:c r="L13" s="15"/>
+      <x:c r="M13" s="15"/>
+    </x:row>
+    <x:row r="14" spans="1:14" s="8" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <x:c r="A14" s="15"/>
+      <x:c r="B14" s="15"/>
+      <x:c r="C14" s="15"/>
+      <x:c r="D14" s="27"/>
+      <x:c r="E14" s="27"/>
+      <x:c r="F14" s="27"/>
+      <x:c r="G14" s="27"/>
+      <x:c r="H14" s="27"/>
+      <x:c r="I14" s="15"/>
+      <x:c r="J14" s="15"/>
+      <x:c r="K14" s="15"/>
+      <x:c r="L14" s="15"/>
+      <x:c r="M14" s="15"/>
+    </x:row>
+    <x:row r="15" spans="1:14" s="8" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <x:c r="A15" s="15"/>
+      <x:c r="B15" s="15"/>
+      <x:c r="C15" s="15"/>
+      <x:c r="D15" s="27"/>
+      <x:c r="E15" s="27"/>
+      <x:c r="F15" s="27"/>
+      <x:c r="G15" s="27"/>
+      <x:c r="H15" s="27"/>
+      <x:c r="I15" s="15"/>
+      <x:c r="J15" s="15"/>
+      <x:c r="K15" s="15"/>
+      <x:c r="L15" s="15"/>
+      <x:c r="M15" s="15"/>
+    </x:row>
+    <x:row r="16" spans="1:14" s="8" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <x:c r="A16" s="15"/>
+      <x:c r="B16" s="15"/>
+      <x:c r="C16" s="15"/>
+      <x:c r="D16" s="27"/>
+      <x:c r="E16" s="27"/>
+      <x:c r="F16" s="27"/>
+      <x:c r="G16" s="27"/>
+      <x:c r="H16" s="27"/>
+      <x:c r="I16" s="15"/>
+      <x:c r="J16" s="15"/>
+      <x:c r="K16" s="15"/>
+      <x:c r="L16" s="15"/>
+      <x:c r="M16" s="15"/>
+    </x:row>
+    <x:row r="17" spans="1:13" s="8" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <x:c r="A17" s="15"/>
+      <x:c r="B17" s="15"/>
+      <x:c r="C17" s="15"/>
+      <x:c r="D17" s="27"/>
+      <x:c r="E17" s="27"/>
+      <x:c r="F17" s="27"/>
+      <x:c r="G17" s="27"/>
+      <x:c r="H17" s="27"/>
+      <x:c r="I17" s="15"/>
+      <x:c r="J17" s="15"/>
+      <x:c r="K17" s="15"/>
+      <x:c r="L17" s="15"/>
+      <x:c r="M17" s="15"/>
     </x:row>
     <x:row r="18" spans="1:13" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
-      <x:c r="A18" s="33" t="s">
-[...13 lines deleted...]
-      <x:c r="M18" s="33"/>
+      <x:c r="A18" s="39" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B18" s="39"/>
+      <x:c r="C18" s="39"/>
+      <x:c r="D18" s="39"/>
+      <x:c r="E18" s="39"/>
+      <x:c r="F18" s="39"/>
+      <x:c r="G18" s="39"/>
+      <x:c r="H18" s="39"/>
+      <x:c r="I18" s="39"/>
+      <x:c r="J18" s="39"/>
+      <x:c r="K18" s="39"/>
+      <x:c r="L18" s="39"/>
+      <x:c r="M18" s="39"/>
     </x:row>
     <x:row r="19" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
       <x:c r="D19" s="3"/>
       <x:c r="E19" s="4"/>
       <x:c r="F19" s="4"/>
       <x:c r="G19" s="4"/>
       <x:c r="H19" s="4"/>
       <x:c r="I19" s="4"/>
       <x:c r="J19" s="4"/>
       <x:c r="K19" s="4"/>
     </x:row>
     <x:row r="20" spans="1:13" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
       <x:c r="E20" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="5">
     <x:mergeCell ref="A4:M4"/>
     <x:mergeCell ref="A3:M3"/>
     <x:mergeCell ref="A18:M18"/>
     <x:mergeCell ref="A1:M1"/>
     <x:mergeCell ref="A2:M2"/>
   </x:mergeCells>
   <x:phoneticPr fontId="0" type="noConversion"/>