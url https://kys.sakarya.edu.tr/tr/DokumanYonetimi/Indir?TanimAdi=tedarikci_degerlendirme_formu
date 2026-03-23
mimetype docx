--- v0 (2025-12-08)
+++ v1 (2026-03-23)
@@ -1,2268 +1,3050 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblInd w:w="-714" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2689"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2265"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1985"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidTr="006E7149">
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="2F12A17F" w14:textId="77777777" w:rsidTr="00426A3B">
         <w:trPr>
           <w:trHeight w:val="1254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED657A5" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="00274F9F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B571B63" wp14:editId="2B4B193A">
-[...1 lines deleted...]
-                  <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0747E867" wp14:editId="4FF6A50B">
+                  <wp:extent cx="790575" cy="847227"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2050" name="İçerik Yer Tutucusu 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2050" name="İçerik Yer Tutucusu 3"/>
                           <pic:cNvPicPr>
                             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1005491" cy="877972"/>
+                            <a:ext cx="820457" cy="879250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
-                          <a:extLst/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6373" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FED18C0" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>T.C.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+          <w:p w14:paraId="55DB6659" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>SAKARYA ÜNİVERSİTESİ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
-[...7 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="5CF2540C" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>……………………………………</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...12 lines deleted...]
-                <w:b/>
+          </w:p>
+          <w:p w14:paraId="578F49E4" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00426A3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>TEDARİKÇİ DEĞERLENDİRME FORMU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidTr="006E7149">
-[...78 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="51D4247E" w14:textId="77777777" w:rsidTr="00426A3B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="78CA4DAA" w14:textId="543FD90B" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>FİRMA ADI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="04126C5F" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="05676B45" w14:textId="77777777" w:rsidTr="00426A3B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5288E784" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ADRES,TEL,FAX,E-MAİL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="69268273" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="6F9ED4A7" w14:textId="77777777" w:rsidTr="00426A3B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8AE259" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">İŞİN KONUSU </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6373" w:type="dxa"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1A5795" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="583787D1" w14:textId="77777777" w:rsidTr="00426A3B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B510F97" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>DEĞERLENDİRME TARİHİ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6373" w:type="dxa"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCFF6B0" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="046B886A" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="65623A82" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>MALZEME ALIMLARINDA KULLANILACAKTIR.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidTr="006E7149">
-[...5 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="7AB1A9C7" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5CEF4D" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>DEĞERLENDİRME KONULARI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2267" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04551792" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>ÜST PUAN SINIRI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F75F12A" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>VERİLEN PUAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidTr="006E7149">
-[...5 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="0037CC0B" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCB291D" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ürün Kalitesi( TSE Belgesi varlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2267" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F4EDB6" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17505774" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="64B9C1C8" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="779B7FBC" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Şartnameye Uygunluk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2267" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="238042EA" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...42 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A93D75D" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="00ED22BE" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="454BFBEF" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Termine Uyum(Ürün Teslim süresi)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0CD758" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AAE046F" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="430F01A7" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="245A95C9" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ambalaj Kalitesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2267" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="423113CA" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD11491" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="41FE0C0B" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BF2AA0" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Fiyat Politikası</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2267" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD3167E" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7612957E" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="222D1E73" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A20D2D8" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Teknik Destek Sağlayabilme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2267" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="684581EE" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D968304" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="14203144" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F5EE21" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Teknik Yeterlilik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2267" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BD4559" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="281A4D9C" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="365ED4BA" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="320EBE25" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>İlgili Kişilere Kolayca Ulaşabilme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2267" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA14D02" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19142F14" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="39AE527C" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F13C1D4" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Sorunlara Hızlı Çözüm-Yaklaşım</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2267" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63FFCF2F" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67BC30F0" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="288AFB22" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9F3D14" w14:textId="5928D854" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Dışsal Başarı(Ürünün Tesliminden sonra uygunsuzluklar)</w:t>
-[...464 lines deleted...]
-            <w:pPr>
+              <w:t>Dışsal Başarı</w:t>
+            </w:r>
+            <w:r w:rsidR="00274F9F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sözleşmede Görülen Ekipman ve Donanımı Eksiksiz Karşılama</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+              <w:t>(Ürünün Tesliminden sonra uygunsuzluklar)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF726E5" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="069BF823" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="6D483E88" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D10577" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Acil Durumlara Uyum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCB9653" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C52BDCD" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="4DD8F80F" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0793D82D" w14:textId="534DB35B" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                           </w:t>
+            </w:r>
+            <w:r w:rsidR="00274F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="057481C6" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B13CC1" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>HİZMET ALIMLARINDA KULLANILACAKTIR.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="7C02EB32" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A32B3F" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Servis Kalitesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBEF111" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77330991" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="648544A3" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1705D02F" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Tanımlı Kalite Sistemi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="551047A8" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...319 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C99D4CA" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="2D558602" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A719C6" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Termine Uyum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1094A4BD" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3180980A" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="5E370A06" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4502D46A" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>İşin gerektirdiği Bilgi Donanıma Sahip Olma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="189BD09C" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9EABF1" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="4E250DF5" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="00888158" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fiyat Politikası </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD6B56F" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFB1A19" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="1245F796" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E953C21" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Sözleşmeye Uyum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E30ACCF" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C624D8C" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="78C32A95" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2137F58F" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>0-59 PUAN Firma tedarikçi olarak şu an için yetersizdir.</w:t>
-[...48 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+              <w:t>Sözleşmede Görülen Ekipman ve Donanımı Eksiksiz Karşılama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD42E09" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F70D3A" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="51580425" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="72457F07" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Sorunlara Hızlı Çözüm-Yaklaşım</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2714C5" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4954B2B1" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="1985C493" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A3E319" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>İlgili Kişilere Kolayca Ulaşabilme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="024BFFE4" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A47E15" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="18F7E37E" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BD2F6D2" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Acil Durumlara Uyum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2753B1B4" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D510F2" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="1F560B64" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="78DF0880" w14:textId="17FDC540" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                        </w:t>
+            </w:r>
+            <w:r w:rsidR="00274F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00163F54" w:rsidRPr="004E5369" w14:paraId="7E098416" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="593C6C09" w14:textId="7B981CA9" w:rsidR="00163F54" w:rsidRPr="004E5369" w:rsidRDefault="00370093" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00274F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">İLGİ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00274F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>EKNOLOJİLERİ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EKİPMANI/HİZMETİ ALIMLARINDA KULLANILACAKTIR.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC4379" w:rsidRPr="004E5369" w14:paraId="31A8C29F" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="037C2C01" w14:textId="128F603C" w:rsidR="00DC4379" w:rsidRPr="004E5369" w:rsidRDefault="00DC4379" w:rsidP="00DC4379">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ISO 27001 ya da yazılı bilgi güvenliği politikası</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2B5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> varlığı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB0D7F0" w14:textId="62E88101" w:rsidR="00DC4379" w:rsidRPr="007920A3" w:rsidRDefault="007920A3" w:rsidP="00DC4379">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1458E729" w14:textId="77777777" w:rsidR="00DC4379" w:rsidRPr="004E5369" w:rsidRDefault="00DC4379" w:rsidP="00DC4379">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC4379" w:rsidRPr="004E5369" w14:paraId="52CE9E91" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="323F267A" w14:textId="2A414560" w:rsidR="00DC4379" w:rsidRPr="004E5369" w:rsidRDefault="00DC4379" w:rsidP="00DC4379">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KVKK </w:t>
+            </w:r>
+            <w:r w:rsidR="00610CC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>politikaları</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2B5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>nın varlığı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB3F28F" w14:textId="19BC5561" w:rsidR="00DC4379" w:rsidRPr="007920A3" w:rsidRDefault="007920A3" w:rsidP="00DC4379">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="016D226F" w14:textId="77777777" w:rsidR="00DC4379" w:rsidRPr="004E5369" w:rsidRDefault="00DC4379" w:rsidP="00DC4379">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00163F54" w:rsidRPr="004E5369" w14:paraId="512C4765" w14:textId="15E8C3EC" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1D32A2" w14:textId="2930AB46" w:rsidR="00163F54" w:rsidRPr="00AB76EF" w:rsidRDefault="00E44EFB" w:rsidP="00E44EFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fiyat </w:t>
+            </w:r>
+            <w:r w:rsidR="0087606E" w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>politikası</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A5BB42" w14:textId="01E99D7E" w:rsidR="00163F54" w:rsidRPr="007920A3" w:rsidRDefault="007920A3" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007920A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB0EF55" w14:textId="77777777" w:rsidR="00163F54" w:rsidRPr="004E5369" w:rsidRDefault="00163F54" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00163F54" w:rsidRPr="004E5369" w14:paraId="7FB4ABA7" w14:textId="2D544AFB" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ABBBFAA" w14:textId="4B31C1B4" w:rsidR="00163F54" w:rsidRPr="00AB76EF" w:rsidRDefault="00AB76EF" w:rsidP="00E44EFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Fiyat kalemlerinin açık ve detaylı oluşu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CF03F2" w14:textId="40C0DD69" w:rsidR="00163F54" w:rsidRPr="007920A3" w:rsidRDefault="007920A3" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007920A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CD4E16" w14:textId="77777777" w:rsidR="00163F54" w:rsidRPr="004E5369" w:rsidRDefault="00163F54" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00163F54" w:rsidRPr="004E5369" w14:paraId="5A857BF7" w14:textId="19C18677" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="512A3022" w14:textId="50EE37C7" w:rsidR="00163F54" w:rsidRPr="00AB76EF" w:rsidRDefault="00AB76EF" w:rsidP="00E44EFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zamanında </w:t>
+            </w:r>
+            <w:r w:rsidR="0087606E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>teslim/kurulum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="027B3612" w14:textId="41FAD073" w:rsidR="00163F54" w:rsidRPr="007920A3" w:rsidRDefault="007920A3" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007920A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30504E3C" w14:textId="77777777" w:rsidR="00163F54" w:rsidRPr="004E5369" w:rsidRDefault="00163F54" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00163F54" w:rsidRPr="004E5369" w14:paraId="483A1CBC" w14:textId="713F9731" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF196FC" w14:textId="415159F0" w:rsidR="00163F54" w:rsidRPr="00AB76EF" w:rsidRDefault="00AB76EF" w:rsidP="00E44EFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ürün/Hizmet </w:t>
+            </w:r>
+            <w:r w:rsidR="0087606E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>kalitesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3467A72F" w14:textId="4E1B944F" w:rsidR="00163F54" w:rsidRPr="007920A3" w:rsidRDefault="007920A3" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007920A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F98206C" w14:textId="77777777" w:rsidR="00163F54" w:rsidRPr="004E5369" w:rsidRDefault="00163F54" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00163F54" w:rsidRPr="004E5369" w14:paraId="107C96A4" w14:textId="5E82C36F" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="786D344E" w14:textId="79CB278E" w:rsidR="00163F54" w:rsidRPr="00AB76EF" w:rsidRDefault="0087606E" w:rsidP="00E44EFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>İlgili kişilere kolayca ulaşabilme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D00ECC" w14:textId="13156DF3" w:rsidR="00163F54" w:rsidRPr="007920A3" w:rsidRDefault="007920A3" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007920A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59905017" w14:textId="77777777" w:rsidR="00163F54" w:rsidRPr="004E5369" w:rsidRDefault="00163F54" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00163F54" w:rsidRPr="004E5369" w14:paraId="55FB8409" w14:textId="5D3713B9" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="16ABC043" w14:textId="4327B91D" w:rsidR="00163F54" w:rsidRPr="00AB76EF" w:rsidRDefault="00AB76EF" w:rsidP="00E44EFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teknik </w:t>
+            </w:r>
+            <w:r w:rsidR="0087606E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>destek sağlayabilme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD07A18" w14:textId="3827AF30" w:rsidR="00163F54" w:rsidRPr="007920A3" w:rsidRDefault="007920A3" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007920A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24FC8104" w14:textId="77777777" w:rsidR="00163F54" w:rsidRPr="004E5369" w:rsidRDefault="00163F54" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00163F54" w:rsidRPr="004E5369" w14:paraId="38F0F7E6" w14:textId="5208106A" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D0521DD" w14:textId="5A3D303F" w:rsidR="00163F54" w:rsidRPr="00AB76EF" w:rsidRDefault="00163F54" w:rsidP="00E44EFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EDE1980" w14:textId="552B70E0" w:rsidR="00163F54" w:rsidRPr="004E5369" w:rsidRDefault="007920A3" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A6A81C9" w14:textId="77777777" w:rsidR="00163F54" w:rsidRPr="004E5369" w:rsidRDefault="00163F54" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="67F2CEB6" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="42FFBC97" w14:textId="0DC44295" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">YUKARIDAKİ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VERİLEN PUAN </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>SÜTUNU TOPLAM PUANINA GÖRE:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="4FF42880" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F0FE7F" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00603AF0" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>UYGUN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C1B2C7" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>UYGUN DEĞİL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="758E2BEE" w14:textId="77777777" w:rsidTr="00404580">
+        <w:trPr>
+          <w:trHeight w:val="499"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C2A528" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>60-79 PUAN Eksiklikler var ama çalışabilir.</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="004E5369">
+              <w:t>0-59 PUAN Firma tedarikçi olarak şu an için yetersizdir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A46EB51" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="004E5369">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
               </w:rPr>
               <w:t>⃝</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="004E5369">
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DBE389A" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="004E5369">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
               </w:rPr>
               <w:t>⃝</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004E5369" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="004E5369">
-[...15 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="166C5192" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A384E4E" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>800-100 PUAN Firma Tedarikçi olarak yeterlidir.(Onaylı Tedarikçi Listesine Girebilir.)</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="004E5369">
+              <w:t>60-79 PUAN Eksiklikler var ama çalışabilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D21087D" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="004E5369">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
               </w:rPr>
               <w:t>⃝</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="004E5369">
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB35262" w14:textId="378DB13F" w:rsidR="004E5369" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="00404580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
               </w:rPr>
               <w:t>⃝</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidTr="00570606">
-[...5 lines deleted...]
-          <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="1D41DCBB" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6239F0D0" w14:textId="77777777" w:rsidR="00274F9F" w:rsidRDefault="005C6D4F" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidR="006E7149" w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-100 PUAN Firma Tedarikçi olarak yeterlidir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54820AF4" w14:textId="15907735" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Onaylı Tedarikçi Listesine Girebilir.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BEB2655" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="004E5369">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>⃝</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="272A4FBD" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="004E5369">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E5369">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+              </w:rPr>
+              <w:t>⃝</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E7149" w:rsidRPr="004E5369" w14:paraId="40E13A6B" w14:textId="77777777" w:rsidTr="00274F9F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BDA7F6" w14:textId="77777777" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="006E7149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>DEĞERLENDİRMEYİ YAPAN YETKİLİLER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E5369" w:rsidRPr="004E5369" w:rsidTr="006222D4">
+      <w:tr w:rsidR="004E5369" w:rsidRPr="004E5369" w14:paraId="4924AB43" w14:textId="77777777" w:rsidTr="00426A3B">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="004E5369" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="006E7149">
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2652240F" w14:textId="77777777" w:rsidR="004E5369" w:rsidRDefault="004E5369" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Adı Soyadı-Unvan-İmza</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...14 lines deleted...]
-      <w:tr w:rsidR="004E5369" w:rsidRPr="004E5369" w:rsidTr="00523F93">
+          <w:p w14:paraId="1B8B019A" w14:textId="383E1F5A" w:rsidR="00274F9F" w:rsidRPr="00274F9F" w:rsidRDefault="00274F9F" w:rsidP="00274F9F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC93C8C" w14:textId="77777777" w:rsidR="004E5369" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E5369" w:rsidRPr="004E5369" w14:paraId="0A0163B1" w14:textId="77777777" w:rsidTr="00426A3B">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECB1277" w14:textId="77777777" w:rsidR="004E5369" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="006E7149">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004E5369">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Adı Soyadı-Unvan-İmza</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6373" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="004E5369" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="006E7149">
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9032FF" w14:textId="77777777" w:rsidR="004E5369" w:rsidRPr="004E5369" w:rsidRDefault="004E5369" w:rsidP="006E7149">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149">
+    <w:p w14:paraId="725A24EF" w14:textId="29D8A40F" w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidRDefault="006E7149" w:rsidP="00274F9F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="006E7149" w:rsidRPr="004E5369">
+    <w:sectPr w:rsidR="006E7149" w:rsidRPr="004E5369" w:rsidSect="00426A3B">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="566" w:bottom="851" w:left="1418" w:header="340" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001B7F36" w:rsidRDefault="001B7F36" w:rsidP="001B7F36">
+    <w:p w14:paraId="074820E7" w14:textId="77777777" w:rsidR="00124F00" w:rsidRDefault="00124F00" w:rsidP="00AF12D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001B7F36" w:rsidRDefault="001B7F36" w:rsidP="001B7F36">
+    <w:p w14:paraId="59CCD344" w14:textId="77777777" w:rsidR="00124F00" w:rsidRDefault="00124F00" w:rsidP="00AF12D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="001B7F36" w:rsidRDefault="001B7F36">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TabloKlavuzu"/>
+      <w:tblW w:w="10627" w:type="dxa"/>
+      <w:tblInd w:w="-709" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4956"/>
+      <w:gridCol w:w="5671"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00426A3B" w:rsidRPr="00426A3B" w14:paraId="0CC35F3C" w14:textId="77777777" w:rsidTr="00426A3B">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4956" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7B6ED64F" w14:textId="65473D96" w:rsidR="00426A3B" w:rsidRPr="00426A3B" w:rsidRDefault="00426A3B" w:rsidP="00426A3B">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00426A3B">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            </w:rPr>
+            <w:t>5</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5671" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="6620A0BD" w14:textId="50427EB4" w:rsidR="00426A3B" w:rsidRPr="00426A3B" w:rsidRDefault="00426A3B" w:rsidP="00426A3B">
+          <w:pPr>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00426A3B">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            </w:rPr>
+            <w:t>00.İDM.FR.08</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="56387E3A" w14:textId="1FF90A95" w:rsidR="00274F9F" w:rsidRPr="00274F9F" w:rsidRDefault="00274F9F" w:rsidP="00426A3B">
     <w:pPr>
-      <w:pStyle w:val="Altbilgi"/>
+      <w:ind w:left="-709"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="001F0116">
-[...18 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001B7F36" w:rsidRDefault="001B7F36" w:rsidP="001B7F36">
+    <w:p w14:paraId="7C315572" w14:textId="77777777" w:rsidR="00124F00" w:rsidRDefault="00124F00" w:rsidP="00AF12D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001B7F36" w:rsidRDefault="001B7F36" w:rsidP="001B7F36">
+    <w:p w14:paraId="455C60C4" w14:textId="77777777" w:rsidR="00124F00" w:rsidRDefault="00124F00" w:rsidP="00AF12D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E7149"/>
-    <w:rsid w:val="001B7F36"/>
+    <w:rsid w:val="00052BA8"/>
+    <w:rsid w:val="000C4CE5"/>
+    <w:rsid w:val="000F4EDB"/>
+    <w:rsid w:val="00124F00"/>
+    <w:rsid w:val="00163F54"/>
     <w:rsid w:val="0023045A"/>
+    <w:rsid w:val="00274F9F"/>
+    <w:rsid w:val="00370093"/>
+    <w:rsid w:val="00404580"/>
+    <w:rsid w:val="00426A3B"/>
     <w:rsid w:val="004E5369"/>
     <w:rsid w:val="004F4DA3"/>
+    <w:rsid w:val="005C6D4F"/>
+    <w:rsid w:val="005E181A"/>
+    <w:rsid w:val="00610CC9"/>
     <w:rsid w:val="006E7149"/>
+    <w:rsid w:val="007920A3"/>
+    <w:rsid w:val="0087606E"/>
+    <w:rsid w:val="00AB76EF"/>
+    <w:rsid w:val="00AF12D0"/>
+    <w:rsid w:val="00B226EF"/>
+    <w:rsid w:val="00BE2B5F"/>
+    <w:rsid w:val="00C62D29"/>
+    <w:rsid w:val="00C7090A"/>
+    <w:rsid w:val="00DC4379"/>
+    <w:rsid w:val="00E44EFB"/>
+    <w:rsid w:val="00E6172B"/>
+    <w:rsid w:val="00F952AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="tr-TR"/>
+  <w:themeFontLang w:val="tr-TR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="52B14603"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7B0C0ACC-E65C-4C58-91EE-841BE882F7FE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2590,50 +3372,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2651,100 +3438,131 @@
     <w:rsid w:val="006E7149"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="YerTutucuMetni">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004E5369"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stbilgi">
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C6D4F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005C6D4F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stbilgiChar"/>
+    <w:link w:val="stBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001B7F36"/>
+    <w:rsid w:val="00AF12D0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
-    <w:name w:val="Üstbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="stbilgi"/>
+    <w:link w:val="stBilgi"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001B7F36"/>
+    <w:rsid w:val="00AF12D0"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Altbilgi">
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltbilgiChar"/>
+    <w:link w:val="AltBilgiChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001B7F36"/>
+    <w:rsid w:val="00AF12D0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
-    <w:name w:val="Altbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="Altbilgi"/>
+    <w:link w:val="AltBilgi"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001B7F36"/>
+    <w:rsid w:val="00AF12D0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -2975,69 +3793,78 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>211</Words>
-  <Characters>1204</Characters>
+  <Words>247</Words>
+  <Characters>1610</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>161</Lines>
+  <Paragraphs>116</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1413</CharactersWithSpaces>
+  <CharactersWithSpaces>1741</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sau</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>02e19cb3-5439-40be-8ba1-5c4e82a799b7</vt:lpwstr>
+  </property>
+</Properties>
+</file>